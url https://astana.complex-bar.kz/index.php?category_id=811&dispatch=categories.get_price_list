--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -88,384 +88,381 @@
   <si>
     <t>Темперы и разравниватели</t>
   </si>
   <si>
     <t>19212.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Темпер для кофе;алюмин.;D=57,H=95мм</t>
   </si>
   <si>
     <t>02121504</t>
   </si>
   <si>
     <t>24717.00₸</t>
   </si>
   <si>
     <t>Темпер для кофе;алюмин.,дерево;D=52,H=95мм;св. дерево</t>
   </si>
   <si>
     <t>02121513</t>
   </si>
   <si>
-    <t>11 шт.</t>
+    <t>12 шт.</t>
   </si>
   <si>
     <t>Темпер для кофе;алюмин.,дерево;D=57,H=95мм;черный</t>
   </si>
   <si>
     <t>02121517</t>
   </si>
   <si>
     <t>19250.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
     <t>Темпер для кофе;алюмин.,дерево;D=58,H=95мм;черный</t>
   </si>
   <si>
     <t>02121519</t>
   </si>
   <si>
     <t>Темпер для кофе;сталь хромир.;D=57,H=95мм;стальной</t>
   </si>
   <si>
     <t>02121522</t>
   </si>
   <si>
     <t>COT01</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>15337.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Темпер для кофе;сталь нерж.,дерево;D=58,H=95мм;махагон</t>
   </si>
   <si>
     <t>02121530</t>
   </si>
   <si>
     <t>27335.00₸</t>
   </si>
   <si>
-    <t>27 шт.</t>
+    <t>28 шт.</t>
   </si>
   <si>
     <t>Темпер для кофе;сталь нерж.,дерево;D=57,H=95мм;махагон</t>
   </si>
   <si>
     <t>02121531</t>
   </si>
   <si>
+    <t>Темпер для кофе;сталь нерж.;D=53,H=95мм;стальной</t>
+  </si>
+  <si>
+    <t>02121535</t>
+  </si>
+  <si>
+    <t>07500530AVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>10719.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.;D=57,H=95мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02121536</t>
+  </si>
+  <si>
+    <t>07500570AVV</t>
+  </si>
+  <si>
+    <t>10634.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.;D=58,H=95мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02121537-С</t>
+  </si>
+  <si>
+    <t>07500580AVV</t>
+  </si>
+  <si>
+    <t>9625.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.;D=51,H=100мм;стальной</t>
+  </si>
+  <si>
+    <t>02121538</t>
+  </si>
+  <si>
+    <t>01010530IVV</t>
+  </si>
+  <si>
+    <t>16355.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.;D=57,H=85мм;стальной</t>
+  </si>
+  <si>
+    <t>02121539</t>
+  </si>
+  <si>
+    <t>01010570IVV</t>
+  </si>
+  <si>
+    <t>17633.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.;D=57,H=95мм;стальной,деревян.</t>
+  </si>
+  <si>
+    <t>02121540</t>
+  </si>
+  <si>
+    <t>YF07</t>
+  </si>
+  <si>
+    <t>Doppio</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>7756.00₸</t>
+  </si>
+  <si>
+    <t>Пуш-темпер для кофе;сталь нерж.,дерево;D=58,H=120мм;стальной,черный</t>
+  </si>
+  <si>
+    <t>02121542</t>
+  </si>
+  <si>
+    <t>YE800</t>
+  </si>
+  <si>
+    <t>31101.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,пластик;D=58,H=40мм;черный</t>
+  </si>
+  <si>
+    <t>02121545</t>
+  </si>
+  <si>
+    <t>YE01</t>
+  </si>
+  <si>
+    <t>10864.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Разравниватель для кофе;сталь нерж.,алюмин.;D=58мм</t>
+  </si>
+  <si>
+    <t>02121546</t>
+  </si>
+  <si>
+    <t>YE02</t>
+  </si>
+  <si>
+    <t>13825.00₸</t>
+  </si>
+  <si>
+    <t>Пуш-темпер для кофе;сталь нерж.,пластик;D=58,H=33мм;черный</t>
+  </si>
+  <si>
+    <t>02121547</t>
+  </si>
+  <si>
+    <t>YE11B</t>
+  </si>
+  <si>
+    <t>15561.00₸</t>
+  </si>
+  <si>
+    <t>Пуш-темпер для кофе и разравниватель;сталь нерж.,алюмин.;D=58мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02121548</t>
+  </si>
+  <si>
+    <t>YE27</t>
+  </si>
+  <si>
+    <t>20503.00₸</t>
+  </si>
+  <si>
+    <t>Разравниватель для кофе;сталь нерж.,дерево;D=58мм;стальной</t>
+  </si>
+  <si>
+    <t>02121549</t>
+  </si>
+  <si>
+    <t>YE1200</t>
+  </si>
+  <si>
+    <t>17472.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,бук;D=58,H=95мм;стальной,бежев.</t>
+  </si>
+  <si>
+    <t>02121550</t>
+  </si>
+  <si>
+    <t>YE900</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,бук;D=53,H=95мм;стальной,бежев.</t>
+  </si>
+  <si>
+    <t>02121551</t>
+  </si>
+  <si>
+    <t>YE900/ 53</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе динамометрический;сталь нерж.,бук;D=58,H=95мм;стальной,черный</t>
+  </si>
+  <si>
+    <t>02121552</t>
+  </si>
+  <si>
+    <t>YE04</t>
+  </si>
+  <si>
+    <t>13608.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе динамометрический;сталь нерж.,бук;D=51,H=105мм;стальной,черный</t>
+  </si>
+  <si>
+    <t>02121553</t>
+  </si>
+  <si>
+    <t>YE04/ 51</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,дерево;D=57,H=95мм;стальной,черный</t>
+  </si>
+  <si>
+    <t>02121555</t>
+  </si>
+  <si>
+    <t>YF12</t>
+  </si>
+  <si>
+    <t>13601.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе динамометрический;алюмин.;D=57мм;черный</t>
+  </si>
+  <si>
+    <t>02124248</t>
+  </si>
+  <si>
+    <t>YF15</t>
+  </si>
+  <si>
+    <t>18543.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе автоматический, электрический (подходит для d=57-58,5 мм);30вт;черный</t>
+  </si>
+  <si>
+    <t>02124249</t>
+  </si>
+  <si>
+    <t>EC007/black</t>
+  </si>
+  <si>
+    <t>261800.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе автоматический, электрический (подходит для d=57-58,5 мм);30вт;белый</t>
+  </si>
+  <si>
+    <t>02124250</t>
+  </si>
+  <si>
+    <t>EC007/white</t>
+  </si>
+  <si>
+    <t>02121564</t>
+  </si>
+  <si>
+    <t>YE12</t>
+  </si>
+  <si>
+    <t>11613.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
-  </si>
-[...274 lines deleted...]
-    <t>11613.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1834,179 +1831,179 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="0">
         <v>2121517</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D6" s="0">
         <v>2121519</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L7" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D8" s="0">
         <v>2121530</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D9" s="0">
         <v>2121531</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
@@ -2250,51 +2247,51 @@
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>86</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>89</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
@@ -2314,51 +2311,51 @@
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>94</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
@@ -2506,179 +2503,179 @@
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>117</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>118</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>119</v>
+        <v>59</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>43</v>
+        <v>134</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>