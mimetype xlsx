--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -116,51 +116,51 @@
   <si>
     <t>Сифон для сливок «Гурме»;сталь нерж.,пластик;0,5л;D=73,H=250,B=105мм;металлич.</t>
   </si>
   <si>
     <t>02120303</t>
   </si>
   <si>
     <t>Gourmet</t>
   </si>
   <si>
     <t>99792.00₸</t>
   </si>
   <si>
     <t>Сифон для сливок «Термо»;сталь нерж.,пластик;0,5л;D=97,H=264,B=125мм;металлич.,красный</t>
   </si>
   <si>
     <t>02120307</t>
   </si>
   <si>
     <t>Thermo</t>
   </si>
   <si>
     <t>141388.00₸</t>
   </si>
   <si>
-    <t>27 шт.</t>
+    <t>24 шт.</t>
   </si>
   <si>
     <t>Сифон для сливок;сталь нерж.;1л;металлич.</t>
   </si>
   <si>
     <t>02120309</t>
   </si>
   <si>
     <t>139693.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Сифон для сливок «Гурме»;сталь,пластик;250мл;D=70,H=206,B=110мм;металлич.,красный</t>
   </si>
   <si>
     <t>02120313</t>
   </si>
   <si>
     <t>Gourmet Whip</t>
   </si>
   <si>
     <t>90129.00₸</t>
   </si>
@@ -203,51 +203,51 @@
   <si>
     <t>Сифон для сливок «Гурме» + устройство для ароматизации;сталь нерж.;0,5л;металлич.</t>
   </si>
   <si>
     <t>02120330</t>
   </si>
   <si>
     <t>159236.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
     <t>Сифон для нитро-коктейлей;сталь нерж.;1л;металлич.</t>
   </si>
   <si>
     <t>02120335</t>
   </si>
   <si>
     <t>Nitro Whip</t>
   </si>
   <si>
     <t>123200.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Сифон для сливок «Десерт Вип»;сталь,пластик;250мл;черный</t>
   </si>
   <si>
     <t>02120337</t>
   </si>
   <si>
     <t>1380xx</t>
   </si>
   <si>
     <t>DESSERT WHIP</t>
   </si>
   <si>
     <t>46347.00₸</t>
   </si>
   <si>
     <t>Сифон для сливок «Десерт Вип»;сталь нерж.,пластик;0,5л;D=97,H=264,B=125мм;металлич.,черный</t>
   </si>
   <si>
     <t>02120338</t>
   </si>
   <si>
     <t>1580xx</t>
   </si>
@@ -260,51 +260,51 @@
   <si>
     <t>02120339</t>
   </si>
   <si>
     <t>1570xx</t>
   </si>
   <si>
     <t>Сифон для сливок «Пробар»;сталь нерж.;1л</t>
   </si>
   <si>
     <t>02120971</t>
   </si>
   <si>
     <t>SC-SS1</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>73899.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
+    <t>25 шт.</t>
   </si>
   <si>
     <t>Сифон для сливок «Пробар»;сталь нерж.;0,5л</t>
   </si>
   <si>
     <t>02120969</t>
   </si>
   <si>
     <t>SC-SS05</t>
   </si>
   <si>
     <t>69524.00₸</t>
   </si>
   <si>
     <t>Сифон для сливок «Пробар»;алюмин.,сталь нерж.;1л</t>
   </si>
   <si>
     <t>02120970</t>
   </si>
   <si>
     <t>SC-AL1</t>
   </si>
   <si>
     <t>35035.00₸</t>
   </si>