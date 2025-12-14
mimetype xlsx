--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="276">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -242,81 +242,78 @@
   <si>
     <t>15589.00₸</t>
   </si>
   <si>
     <t>Подставка для столовых приборов «Корзина»;полипроп.;D=12,H=15см</t>
   </si>
   <si>
     <t>04150151</t>
   </si>
   <si>
     <t>6636.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов 3 отделения;полипроп.;,H=10,5,L=54,B=33см;серый</t>
   </si>
   <si>
     <t>04150152</t>
   </si>
   <si>
     <t>42585-06</t>
   </si>
   <si>
     <t>18665.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Подставка для столовых приборов «Проотель»;сталь нерж.;D=113/80,H=140мм;металлич.</t>
   </si>
   <si>
     <t>04150159</t>
   </si>
   <si>
     <t>FC2</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>3577.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов 4 отделения;полипроп.;,H=10,L=54,B=33см;серый</t>
   </si>
   <si>
     <t>04150162</t>
   </si>
   <si>
     <t>11035.00₸</t>
   </si>
   <si>
-    <t>49 шт.</t>
+    <t>40 шт.</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов 4 отделения;полипроп.;,L=53,B=32,5см</t>
   </si>
   <si>
     <t>04150166</t>
   </si>
   <si>
     <t>52948.00₸</t>
   </si>
   <si>
     <t>43 шт.</t>
   </si>
   <si>
     <t>Подставка для столовых приборов «Корзина»;полипроп.;,H=45,L=270,B=100мм;бежев.</t>
   </si>
   <si>
     <t>04150169</t>
   </si>
   <si>
     <t>6706.00₸</t>
   </si>
   <si>
     <t>Подставка для столовых приборов;пластик;,H=11,5,L=32,B=14см;прозр.</t>
   </si>
@@ -536,246 +533,243 @@
   <si>
     <t>Органайзер для столовых приборов;фанера;,H=14,L=28,B=17см;черный</t>
   </si>
   <si>
     <t>04150881</t>
   </si>
   <si>
     <t>V832S-08B</t>
   </si>
   <si>
     <t>13629.00₸</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов;фанера;,H=14,L=31,B=18,5см;черный</t>
   </si>
   <si>
     <t>04150882</t>
   </si>
   <si>
     <t>V827S-08B</t>
   </si>
   <si>
     <t>18604.00₸</t>
   </si>
   <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов;фанера;,H=14,L=31,B=18,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>04150884</t>
+  </si>
+  <si>
+    <t>V827S-08O</t>
+  </si>
+  <si>
+    <t>17110.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов;фанера;,H=14,L=28,B=17см;коричнев.</t>
+  </si>
+  <si>
+    <t>04150885</t>
+  </si>
+  <si>
+    <t>V833S-08O</t>
+  </si>
+  <si>
+    <t>15793.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения с крышкой;акация,пластик;,H=14,5,L=51,B=28см;коричнев.</t>
+  </si>
+  <si>
+    <t>04150886</t>
+  </si>
+  <si>
+    <t>110734.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;акация;,H=13,L=51,B=28см;коричнев.</t>
+  </si>
+  <si>
+    <t>04150887</t>
+  </si>
+  <si>
+    <t>75676.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения с крышкой;акация,пластик;,H=14,5,L=51,B=28см;серый</t>
+  </si>
+  <si>
+    <t>04150892</t>
+  </si>
+  <si>
+    <t>99076.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов;дуб;,H=14,L=31,B=18,5см</t>
+  </si>
+  <si>
+    <t>04150894</t>
+  </si>
+  <si>
+    <t>Q827F-08N</t>
+  </si>
+  <si>
+    <t>32933.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;дуб;,H=14,8,L=15,B=15см</t>
+  </si>
+  <si>
+    <t>04150895</t>
+  </si>
+  <si>
+    <t>Q838O-00N</t>
+  </si>
+  <si>
+    <t>21653.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 4 отделения;полипроп.;,H=10,L=54,B=33см;черный</t>
+  </si>
+  <si>
+    <t>04150902</t>
+  </si>
+  <si>
+    <t>12644.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 3 отделения;полипроп.;,H=10,L=54,B=33см;серый</t>
+  </si>
+  <si>
+    <t>04150903</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов «Буфет» + 5 емкостей;пластик;,H=10,L=31,B=7см;черный</t>
+  </si>
+  <si>
+    <t>04151308</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Buffet</t>
+  </si>
+  <si>
+    <t>30477.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов и салфеток с солонкой и перечницей (5 отделений);дуб;,H=10,6,L=23,B</t>
+  </si>
+  <si>
+    <t>04151317</t>
+  </si>
+  <si>
+    <t>Q844O-00N</t>
+  </si>
+  <si>
+    <t>35066.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов с секцией для салфеток;бук;,H=50,L=305,B=125мм;деревян.</t>
+  </si>
+  <si>
+    <t>04151324</t>
+  </si>
+  <si>
+    <t>F847S-00Y</t>
+  </si>
+  <si>
+    <t>13475.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер для столовых приборов 9 отделений;дуб,лак;,H=14,L=31,B=18,5см;деревян.</t>
+  </si>
+  <si>
+    <t>04151350</t>
+  </si>
+  <si>
+    <t>Q827L-08N</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов «Фобос»;керамика;,H=25,L=100,B=80мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04151361</t>
+  </si>
+  <si>
+    <t>LPHO019MA681100</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Phobos</t>
+  </si>
+  <si>
+    <t>5914.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов «Фобос»;керамика;,H=25,L=100,B=80мм;тем.корич.,синий</t>
+  </si>
+  <si>
+    <t>04151362</t>
+  </si>
+  <si>
+    <t>LPHO019NB681100</t>
+  </si>
+  <si>
+    <t>4928.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для столовых приборов;дуб;,H=4,L=26,B=11см;деревян.</t>
+  </si>
+  <si>
+    <t>04151363</t>
+  </si>
+  <si>
+    <t>Q850O-00N</t>
+  </si>
+  <si>
+    <t>25156.00₸</t>
+  </si>
+  <si>
     <t>11 шт.</t>
-  </si>
-[...193 lines deleted...]
-    <t>15 шт.</t>
   </si>
   <si>
     <t>Органайзер для столовых приборов с салфетницей, солонкой и перечницей;,H=12,5,L=17,B=14,5см</t>
   </si>
   <si>
     <t>04151367</t>
   </si>
   <si>
     <t>F852O-00N</t>
   </si>
   <si>
     <t>27297.00₸</t>
   </si>
   <si>
     <t>31 шт.</t>
   </si>
   <si>
     <t>Подставка для столовых приборов;сталь нерж.;D=13,H=16,5см;черный</t>
   </si>
   <si>
     <t>04151378</t>
   </si>
   <si>
     <t>29753.00₸</t>
   </si>
@@ -3329,51 +3323,51 @@
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="L12" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D13" s="0">
         <v>40130</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
@@ -3393,1666 +3387,1666 @@
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>74</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I15" s="1" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="L15" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D16" s="0">
         <v>11955</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D17" s="0">
         <v>11966</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L17" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D18" s="0">
         <v>40131</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="L18" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D19" s="0"/>
       <c r="E19" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="L19" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="E20" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D21" s="0">
         <v>11957</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D22" s="0">
         <v>644293</v>
       </c>
       <c r="E22" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="F22" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="F22" s="0" t="s">
+      <c r="G22" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>111</v>
-      </c>
-[...7 lines deleted...]
-        <v>112</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D23" s="0">
         <v>14956</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="E24" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="D25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D27" s="0">
         <v>817010</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="D28" s="0">
         <v>40009</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>70</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D29" s="0">
         <v>40182</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D31" s="0">
         <v>11921</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L31" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="D32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="D33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D34" s="0">
         <v>14995</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D35" s="0">
         <v>93321</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="D36" s="0" t="s">
+      <c r="E36" s="0" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="B37" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="D37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="D38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="L38" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="D39" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="B40" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="D40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E40" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L40" s="0"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="D41" s="0">
         <v>11949</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="D42" s="0">
         <v>11952</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="D43" s="0">
         <v>11948</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="D44" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="D45" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E45" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>201</v>
+        <v>172</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="D46" s="0">
         <v>11954</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D47" s="0">
         <v>11960</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D48" s="0">
         <v>51273901</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="C49" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E49" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="L49" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="C51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="E52" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="D52" s="0" t="s">
+      <c r="F52" s="0" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L52" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="D53" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="C53" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E53" s="0" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="C54" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E54" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="L54" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="C55" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E55" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D56" s="0">
         <v>11748</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D57" s="0">
         <v>11755</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="D58" s="0">
         <v>510601</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L58" s="0"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="D59" s="0">
         <v>11965</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="L59" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="B60" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="C60" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E60" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L60" s="0"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="B61" s="0" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="B62" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="D62" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="C62" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E62" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L62" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="B63" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="B64" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="C64" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L64" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="D65" s="0">
         <v>11750</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L65" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>